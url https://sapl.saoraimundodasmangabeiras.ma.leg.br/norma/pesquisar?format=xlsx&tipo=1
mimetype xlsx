--- v0 (2026-01-14)
+++ v1 (2026-03-12)
@@ -48,2234 +48,2234 @@
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>LEI</t>
   </si>
   <si>
     <t>Lei</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/253/lei_no_264-2023.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/253/lei_no_264-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 232, de 06 de abril de 2022, que dispõe sobre consignações em folha de pagamento dos servidores públicos municipais e dá outras providencias</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/252/lei_no263-2023.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/252/lei_no263-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Gerais para a elaboração da Lei Orçamentária de 2024 e dá outras providências</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/251/lei_no_262-2023.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/251/lei_no_262-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o programa de construção de moradias e de melhorias habitacionais, para pessoas de baixa renda, localizadas no Município de São Raimundo das Mangabeiras, e dá outras providências</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/250/lei_no_261-2023.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/250/lei_no_261-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o prêmio de incentivo ao êxito na Olimpíada Brasileira de Matemática das Escolas Públicas- OBMEP do Município de São Raimundo das Mangabeiras/MA, e dá outras providências</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/249/lei_no_260-2023.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/249/lei_no_260-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o perímetro urbano no Município de São Raimundo das Mangabeiras/MA, e dá outras providências</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/248/lei_no_259-2023.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/248/lei_no_259-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre  a atividade de bombeiros civis e fixa critérios mínimos de segurança para eventos públicos ou privados de grande concentração de pessoas no Município de São Raimundo das Mangabeiras- MA, e dá outras providências.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/247/lei_no_258-2023.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/247/lei_no_258-2023.pdf</t>
   </si>
   <si>
     <t>Altera o anexo I da Lei Municipal nº 14, de 20 de janeiro de 2009, modificado pela lei nº 124-2016, que dispõe sobre a concessão de diárias no âmbito da administração pública do Município de São Raimundo das Mangabeiras- MA e dá outras providências</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/245/lei_no_257-2023.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/245/lei_no_257-2023.pdf</t>
   </si>
   <si>
     <t>"Acrescenta o art.9-A a Lei nº 56-2011- Dispõe sobre o programa "Jovem na Universidade", que estabelece o auxilio financeiro para o custeio de despesas de cursos de graduação em nível superior"</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/244/lei_no_256-2023.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/244/lei_no_256-2023.pdf</t>
   </si>
   <si>
     <t>Institui a política municipal de saneamento básico, cria o conselho municipal de saneamento básico, dispõe sobre a prestação dos serviços de saneamento de abastecimento de água e esgotamento sanitário e autoriza sua concessão, e dá outras providências</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/243/lei_no_255-2023.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/243/lei_no_255-2023.pdf</t>
   </si>
   <si>
     <t>Concede reajuste de vencimentos aos servidores ocupantes de cargos de professor, autoriza a concessão de abono salarial e dá outras providências</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/242/lei_254.2023_titulo_de_cidadao_cel_emerson.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/242/lei_254.2023_titulo_de_cidadao_cel_emerson.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre outorga de Título de Cidadão Honorário ao Excelentíssimo Senhor CORONEL QOPM EMERSON BEZERRA DA SILVA.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/241/lei_253-2022.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/241/lei_253-2022.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município para o exercício de 2023</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/240/lei_no_252-2022.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/240/lei_no_252-2022.pdf</t>
   </si>
   <si>
     <t>Institui e Regulamenta a emissão da Carteira de Identidade da pessoa com Transtorno do Espectro Autista (CIA/TEA) no âmbito do município de São Raimundo das Mangabeiras. e dá outras providências</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/239/lei_no_251-2022.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/239/lei_no_251-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Especial/Suplementar que especifica e dá outras providências</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/238/lei_no_250-2022.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/238/lei_no_250-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração de metas da Lei nº 245/2022- Lei de Diretrizes Orçamentárias para o exercício de 2023 e dá outras providências</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/237/lei_no_249-2022.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/237/lei_no_249-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de Espaço Cultural, a saber, Espaço Cultural Lusia Passarinho e dá outras providências</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/236/lei_no_248-2022.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/236/lei_no_248-2022.pdf</t>
   </si>
   <si>
     <t>Institui o novo Código Municipal de Meio Ambiente de São Raimundo das Mangabeiras, Estado do Maranhão e dá outras providências</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/235/lei_no_247-2022.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/235/lei_no_247-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o uso do solo, e dá outras providências no Município de São Raimundo das Mangabeiras- Estado do Maranhão</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/234/lei_no_246-2022.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/234/lei_no_246-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do processo de seleção meritocrática da gestão escolar do Município de São Raimundo das Mnaagbeiras- MA, na forma que especifica.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/233/lei_no_245-2022.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/233/lei_no_245-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Gerais para a elaboração da Lei Orçamentária de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/232/lei_no_244-2022.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/232/lei_no_244-2022.pdf</t>
   </si>
   <si>
     <t>Institui ponto facultativo no âmbito de São Raimundo das Mangabeiras- MA, o dia 08 de Março, data que comemora-se o "Dia Internacional da Mulher", e dá outras providências.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/231/lei_no_243-2022.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/231/lei_no_243-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre outorga de Título de Cidadã Mangabeirense a Aldaci Martins Ribeiro</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/228/lei_no_242-2022.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/228/lei_no_242-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a criar espaço para práticas da modalidade esportiva Wheeling, "Grau" e para a utilização de Som Automotivo, no município de São Raimundo das Mangabeiras e dá outras providências</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/227/lei_no_241-2022.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/227/lei_no_241-2022.pdf</t>
   </si>
   <si>
     <t>Institui o grupo de quadrilha junina oficial do Município de São Raimundo e dá outras providências</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/226/lei_no_240-2022.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/226/lei_no_240-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do Programa Municipal de Aquisição de Alimentos da Agricultura Familiar- PMAAAF, no âmbito do Município de São Raimundo das Mangabeiras e dá outras providências</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/225/lei_no_239-2022.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/225/lei_no_239-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com o Banco do Brasil S.A e dá outras providências</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/224/lei_no_238-2022.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/224/lei_no_238-2022.pdf</t>
   </si>
   <si>
     <t>Dá nova redação a Lei Municipal nº 220/2021, com vistas a correção de erro material</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/223/lei_no_237-2022.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/223/lei_no_237-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de cargos Efetivos e dá outras providências</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/222/lei_no_236-2022.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/222/lei_no_236-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aplicação do índice do Piso Salarial aos Professores do Município de São Raimundo das Mangabeiras- MA e dá outras providencias</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/221/lei_no_235-2022.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/221/lei_no_235-2022.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal dos Direitos Humanos e Cidadania-CMDHC e dá outras providências</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/217/lei_no_234-2022.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/217/lei_no_234-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inserção dos nomes dos vereadores nas placas de inauguração de obras públicas</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/216/lei_no_233-2022.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/216/lei_no_233-2022.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Fornecimento de Absorventes Higiênicos e dá outras providências</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/215/lei_no_232-2022.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/215/lei_no_232-2022.pdf</t>
   </si>
   <si>
     <t>Amplia a margem consignável dos servidores públicos por meio da alteração da Lei nº 190, de 17 de março de 2021.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/214/lei_no_231-2022.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/214/lei_no_231-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a estruturação e definição das competências da secretaria municipal de meio ambiente de São Raimundo das Mangabeiras- MA</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/213/lei_no_230-2022.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/213/lei_no_230-2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei municipal nº 133/2017, desmembra e cria secretaria, cargos efetivos e comissionados, consolida os cargos de provimento efetivo e comissionado, institui gratificação, reajusta remuneração e dá outras providências</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/212/lei_229-2022.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/212/lei_229-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e manutenção do Fundo Municipal do Meio Ambiente-FMMA, e dá outras providências</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/211/lei_228-2022.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/211/lei_228-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza ao Poder Executivo Municipal criar a agência municipal de empregos, e dá outras providências</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/220/lei_no_227-2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/220/lei_no_227-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar operação de crédito junto à caixa econômica federal, por meio do financiamento a infraestrutura e ao saneamento-FINISA, e dá outras providências.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/219/lei_226-2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/219/lei_226-2021.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa d despesa do Município para o exercício de 2022</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/218/lei_225-2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/218/lei_225-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual para o período de 2022/2025</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/210/lei_224-2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/210/lei_224-2021.pdf</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/208/lei_222-2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/208/lei_222-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre outorga de Título de Cidadão Mangabeirense a Adair Panerai Chequim</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/207/lei_221-2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/207/lei_221-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Serviço de Inspeção Municipal e os procedimentos de inspeção sanitária em estabelecimentos que produzam produtos de origem animal e dá outras providências, no Município de São Raimundo das Mangabeiras/MA</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/206/lei_220-2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/206/lei_220-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação, a organização e a estrutura da Guarda Municipal de São Raimundo das Mangabeiras/MA e dá outras providências</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/204/lei_219-2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/204/lei_219-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no Orçamento de 2021 e dá outras providencias</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/203/lei_218-2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/203/lei_218-2021.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 5º, da Lei 211, de 27 de agosto de 2021 e dá outras providências</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/202/lei_217-2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/202/lei_217-2021.pdf</t>
   </si>
   <si>
     <t>Cria e institui o Programa " Cartão Material Escolar", destinado para aquisição de material escolar, através de cartão magnético, para os estudantes da Rede Municipal de Ensino, e dá outras providências</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/200/lei_215-2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/200/lei_215-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo atualizar os valores da tabela para a cobrança da contribuição de iluminação pública- CIP, instituída através da Lei Municipal Complementar nº 083/2012 e dá outras providências.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/199/lei_214-2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/199/lei_214-2021.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do Município de São Raimundo das Mangabeiras, a Taxa de Serviço de Coleta, Remoção, Transporte e Destinação Final de Lixo ou Resíduos- TSLR, e dá outras providências nos termos da Lei Federal nº 14.026/2020, que trouxe nova redação a Lei Federal nº 11.445/2007</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/198/lei_213-2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/198/lei_213-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do novo prédio público municipal, e dá outras providências</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/197/lei_212-2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/197/lei_212-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do "Dia Municipal do Rio Neves", que haverá comemorado em 22 de agosto, e dá outras providências</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/196/lei_211-2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/196/lei_211-2021.pdf</t>
   </si>
   <si>
     <t>Estabelece carga horária de 30 horas, no âmbito do Município de São Raimundo das Mangabeiras- MA, para as categorias profissionais de Enfermeiros, Auxiliar de Enfermagem, Técnicos em enfermagem e Auxiliar de Consultório Dentário e dá outras providências.'</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/195/lei_210-2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/195/lei_210-2021.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso IX, do artigo 18, acrescenta o inciso XXVIII ao artigo 76 e altera a redação do § 1º do artigo 76, da Lei Orgânica Municipal e dá outras providências</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/194/lei_209-2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/194/lei_209-2021.pdf</t>
   </si>
   <si>
     <t>Cria a Comissão Municipal de Erradicação do Trabalho Escravo- COMTRAE- MA e dá outras providências</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/176/ldo_1.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/176/ldo_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Gerais para a elaboração da Lei Orçamentária de 2022 de dá outras providências</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/192/lei_206-2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/192/lei_206-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do programa comida solidária, e dá outras providências</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/193/lei_207-2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/193/lei_207-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 110/2015, que Institui o Plano de Cargos, Carreira e Salários dos servidores Públicos do Poder Legislativo do Município de São Raimundo das Mangabeiras e dá outras providências.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/191/lei_205-2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/191/lei_205-2021.pdf</t>
   </si>
   <si>
     <t>Estabelece o Programa Municipal de Desenvolvimento Econômico, a Política de Incentivos Fiscais e Econômicos destinada ao desenvolvimento do setor comercial, industrial, turístico e de prestação de serviço, e dá outras providências</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/190/lei_204-2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/190/lei_204-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 54/2011 que Cria o Conselho Gestor dos Programas Sociais do Munícipio de São Raimundo das Mangabeiras e dá outras providências</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/189/lei_203-2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/189/lei_203-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre outorga e Título de Cidadão Mangabeirense a Carlos Eduardo de Oliveira Lula.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/187/lei_201-2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/187/lei_201-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre estágio de estudantes em órgãos da administração municipal e dá outras providências</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/186/lei_200-2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/186/lei_200-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do "Dia do Municipal do Ciclista", no âmbito do município de São Raimundo das Mangabeiras/MA e dá outras providencias</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/185/lei_199-2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/185/lei_199-2021.pdf</t>
   </si>
   <si>
     <t>Regulamenta a faixa de domínio e pistas das estradas rurais municipais dá outras providências</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/184/lei_198-2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/184/lei_198-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reconhecimento da prática da atividade física e do exercício físico como essenciais para em estabelecimentos prestadores de serviços destinados a essa finalidade bem como em espaços públicos, no âmbito do município de São Raimundo das Mangabeiras e dá outras providências.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/183/lei_197-2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/183/lei_197-2021.pdf</t>
   </si>
   <si>
     <t>Estabelece as igrejas, os templos religiosos de qualquer culto e as comunidades Missionárias como atividade essencial no Município de São Raimundo das Mangabeiras</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/205/lei_196-2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/205/lei_196-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Regularização Fundiária Urbana- REURB- no município de São Raimundo das Mangabeiras- MA</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/182/lei_195-2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/182/lei_195-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação- CACS-FUNDEB, em conformidade com o artigo 212-A da Constituição Federal, regulamentado na forma da Lei Federal nº 14.113, de 25 de dezembro de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/181/lei_194-2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/181/lei_194-2021.pdf</t>
   </si>
   <si>
     <t>Institui e regulamenta serviço de transporte individual de passageiros denominado Mototáxi, no Município de São Raimundo das Mangabeiras- MA, e dá outras providências.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/180/lei_193-2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/180/lei_193-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a constituição do serviço de Inspeção Municipal e procedimentos de inspeção em estabelecimentos que produzam produtos de origem animal e dá outras providências no município de São Raimundo das Mangabeiras- MA.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/179/lei_192-2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/179/lei_192-2021.pdf</t>
   </si>
   <si>
     <t>Regulamenta o serviço de transporte individual de passageiros ou bens em veículos automóveis de aluguel-táxi, no Município de São Raimundo das Mangabeiras- MA, e dá outras providências</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/178/lei_191-2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/178/lei_191-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Politica Municipal de Desenvolvimento Rural Sustentável e Solidário no Município de São Raimundo das Mangabeiras, criação do Conselho Municipal de Desenvolvimento Rural Sustentável, criação do Programa Mangabeiras Sustentável e do Fundo Municipal de desenvolvimento Rural Sustentável, seus fins, mecanismos de regulação, e dá outras providencias.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/177/lei_190-2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/177/lei_190-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza os Poderes Executivo e Legislativo do município a celebrar convênio com instituições bancárias para obtenção de empréstimos consignados aos servidores municipais, e dá outras providencias</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2020/174/loa_2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2020/174/loa_2021.pdf</t>
   </si>
   <si>
     <t>Estima receita e fixa a despesa do Município de São Raimundo das Mangabeiras para o exercício de 2021 (LOA)</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2020/171/lei_183-2020_ldo.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2020/171/lei_183-2020_ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Gerais para a elaboração da Lei Orçamentária de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/158/lei_180-2019.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/158/lei_180-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da afixação do número do telefone da Ouvidoria Geral do Município de São Raimundo das Mangabeiras nos locais que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/157/lei_179-2019.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/157/lei_179-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de hospitais e postos de saúde públicos e  instituições congêneres privadas do Município de São Raimundo das Mangabeiras notificarem o atendimento de crianças e adolescentes com sintomas de uso de bebida alcoólica e/ou entorpecentes e dá outras providências.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/156/lei_178-2019.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/156/lei_178-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição de materiais  que tratem ou façam alusão à ideologia de gênero nas escolas municipais  de São Raimundo das Mangabeiras e dá outras providências.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/155/lei_177-2019.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/155/lei_177-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição de inauguração de obras públicas municipais inacabadas ou que não possam ser usufruídas de imediato pela população e dá outras providências.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/154/lei_176-2019.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/154/lei_176-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da exibição de vídeos educativos antidrogas nas aberturas de shows e eventos culturais no Município de são Raimundo das Mangabeiras e dá outras providencias .</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/153/lei_175-2019.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/153/lei_175-2019.pdf</t>
   </si>
   <si>
     <t>Altera as denominações dos bens públicos que relaciona, do acervo patrimonial do Município de São Raimundo das Mangabeiras, Estado do Maranhão e dá outras providências</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/150/lei_no_174-2019.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/150/lei_no_174-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Departamento Municipal de Transito-DMT, da Junta Administrativa de Recursos de Infração-JARI e dá outas providências.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/148/lei_172-2019-ldo.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/148/lei_172-2019-ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Gerais para a elaboração da Lei Orçamentária de 2020 e dá outras providências</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/151/lei_no_173_doacao_terreno_mpma.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/151/lei_no_173_doacao_terreno_mpma.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar doação de terreno urbano com encargos à Procuradoria-Geral de Justiça do Estado do Maranhão e dá outras providências.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/149/lei_no_171-2018_loa.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/149/lei_no_171-2018_loa.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de São Raimundo das Mangabeiras para o exercício de 2019.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/159/lei_170-2018.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/159/lei_170-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e implantação dos Conselhos Escolares nas instituições de ensino da rede municipal de Educação do Município de São Raimundo das Mangabeiras, estado do Maranhão  e dá outras providencias.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/146/lei_no_169-2018.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/146/lei_no_169-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Abertura de Crédito Adicional Especial no Orçamento Geral do Município e dá outras providências.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/145/lei_no_168-2018.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/145/lei_no_168-2018.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 5º, da Lei nº 36/2010, que dispõe sobre o Conselho Municipal de Educação do Município de São Raimundo das Mangabeiras, estado do Maranhão e dá outras providências.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/143/lei_no_167-2018.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/143/lei_no_167-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre  Criação do Dia do Vaqueiro no Município de São Raimundo das Mangabeiras (MA).</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/142/lei_no_166-2018.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/142/lei_no_166-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Gerais para a elaboração da Lei Orçamentária de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/141/lei_no_165-2018.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/141/lei_no_165-2018.pdf</t>
   </si>
   <si>
     <t>Estabelece Diretrizes para a Criação do Conselho Escolar sobre Drogas em todos os estabelecimentos de ensino do município de São Raimundo das Mangabeiras e do Selo "Escola Consciente" e dá outras providências.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal de Políticas sobre Drogas e dá outras providências.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/139/lei_no_163-2018.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/139/lei_no_163-2018.pdf</t>
   </si>
   <si>
     <t>Cria a Política Municipal sobre Drogas e dá outras providências.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/138/lei_no_162-2018.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/138/lei_no_162-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Conselho Municipal de Cultura e Patrimônio Histórico- CMCPH do Município de São Raimundo das Mangabeiras, Estado do Maranhão e dá outras providências</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/134/lei_161-2017.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/134/lei_161-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a implementar mudanças estruturais, de layout e destinação de parte do parque de vaquejada e dá outras providências.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/133/lei_160-2017.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/133/lei_160-2017.pdf</t>
   </si>
   <si>
     <t>Cria na estrutura da Secretaria Municipal de Saúde a Coordenação de Assistência Farmacêutica e dá outras providências.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/132/lei_159-2017.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/132/lei_159-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Comitê de Mortalidade Materna e do Comitê de Prevenção ao Óbito Infantil no Município de São Raimundo das Mangabeiras, Estado do Maranhão e dá outras providências.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/131/lei_158-2017.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/131/lei_158-2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a subvencionar socialmente mediante convênio, na forma que disciplina, o custeio da atividade da Associação da Rádio Comunitária FM Rio Neves e dá outras providências.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/124/lei_no_156_de_2017_loa_completa.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/124/lei_no_156_de_2017_loa_completa.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de São_x000D_
 Raimundo das Mangabeiras para o exercício de 2018.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/129/lei_155-2017.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/129/lei_155-2017.pdf</t>
   </si>
   <si>
     <t>Cria o Programa de Guarda Temporária subsidiada para Crianças e Adolescentes em situação de risco social, denominado Família Acolhedora, e dá outras providências.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/130/ppa_2018-2021.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/130/ppa_2018-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual para o período de 2018/2021 do Município de São Raimundo das Mangabeiras, Estado do Maranhão.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/123/lei_no_154_altera__a_lei_no_43_de_dezembro_de_2005.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/123/lei_no_154_altera__a_lei_no_43_de_dezembro_de_2005.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos que menciona à Lei n.043, de 22 de Dezembro de 2005 que trata do Código Tributário do Município e dá outras providências.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/122/lei_no_153_de_2017__doacao_terreno_a_favor_do_estado.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/122/lei_no_153_de_2017__doacao_terreno_a_favor_do_estado.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar doação de terrenos que especifica, mediante a implementação de encargos, em favor do Estado do Maranhão e dá outras providências.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/121/lei_no_152_de_2017_altera_artigo_da_lei_organica.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/121/lei_no_152_de_2017_altera_artigo_da_lei_organica.pdf</t>
   </si>
   <si>
     <t>Altera e acrescenta aos artigos que menciona, da Lei Orgânica do Município de São Raimundo das Mangabeiras e dá outras providências.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/135/lei_no_150_altera_a_lei_no_27_de_2009.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/135/lei_no_150_altera_a_lei_no_27_de_2009.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 27/2009, que dispõe sobre a politica municipal do idoso e dá outras.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/119/lei_no_149_de_2017_organizacao_da_procuradoria_geral__Ju6u3Wr.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/119/lei_no_149_de_2017_organizacao_da_procuradoria_geral__Ju6u3Wr.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a organização da Procuradoria Geral_x000D_
 do Município de São Raimundo das Mangabeiras e_x000D_
 dá outras providências.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/118/lei_no_148_de_2017_dispoe_da_bandeira_e_o_brasao.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/118/lei_no_148_de_2017_dispoe_da_bandeira_e_o_brasao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a bandeira e o brasão do Município de São Raimundo das Mangabeiras, Estado do Maranhão, na forma do art.6.0, da Lei Orgânica_x000D_
 Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/117/lei_no_147_de_2017_jornada_de_trabalho_servidores_.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/117/lei_no_147_de_2017_jornada_de_trabalho_servidores_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o cumprimento da jornada de trabalho dos servidores públicos do Município de São Raimundo das Mangabeiras ocupantes do cargo de Farmacêutico, Dentista e Auditor Fiscal e dá outras providências.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/116/lei_no_146__de__2017_dispoe_sobre_regime_juridico_dos_4TdV2t0.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/116/lei_no_146__de__2017_dispoe_sobre_regime_juridico_dos_4TdV2t0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o regime jurídico dos servidores públicos do Município de São Raimundo das Mangabeiras/MA e dá outras providências.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/128/lei_145-2017.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/128/lei_145-2017.pdf</t>
   </si>
   <si>
     <t>Revoga o § 2° do Art. 34, da Lei Municipal n° 039, de 5 de Maio de 2010, que dispõe sobre o Plano de Cargos, Carreira, Vencimentos e Salários dos Profissionais da Educação Básica da Rede Pública Municipal do Município de São Raimundo das Mangabeiras/MA e dá outras providências.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/115/lei_no_144_de_2017_apoio_as_comitivas.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/115/lei_no_144_de_2017_apoio_as_comitivas.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a oferecer estrutura e apoio as Comitivas durante o evento da Cavalgada do Município de São Raimundo das Mangabeiras e dá outras providências.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/114/lei_no_143_de_2017_diretriz_orcamentaria_ok.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/114/lei_no_143_de_2017_diretriz_orcamentaria_ok.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Gerais para a elaboração da Lei Orçamentária de 2018 e dá outras providências.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/113/lei_no_142_de_2017_conselho_de_pessoas_deficientes.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/113/lei_no_142_de_2017_conselho_de_pessoas_deficientes.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal dos Direitos da Pessoa com Deficiência e institui a Conferência Municipal dos Direitos da Pessoa com Deficiência e dá outras providências.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/112/lei_no_141_de_2017__altera_a_lei_no_46_de_2005.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/112/lei_no_141_de_2017__altera_a_lei_no_46_de_2005.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 46, de 27 de dezembro de 2005, que dispõe sobre o Estatuto dos Servidores Públicos do Município de São Raimundo das Mangabeiras, para dispor sobre as licenças do servidores e dá outras providências.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/111/lei_no_140_de_2017_alterar_o_layout_da_quiosques_da_p_03u5jCa.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/111/lei_no_140_de_2017_alterar_o_layout_da_quiosques_da_p_03u5jCa.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a alterar o layout da composição de quiosques da Praça do Mercado e dá outras providências.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/127/lei_139-2017.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/127/lei_139-2017.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 111/2015 que dispõe sobre o Sistema Municipal de Educação no Município de São Raimundo das Mangabeiras e dá outras providências.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/126/lei_138-2017.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/126/lei_138-2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para alienar veículos inservíveis, pertencentes ao quadro da Administração  Municipal.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/125/lei_137-2017.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/125/lei_137-2017.pdf</t>
   </si>
   <si>
     <t>Regulamenta o acesso a informações previsto no inciso XXXIII do art. 5º, inciso II do § 3º do art. 37 e no § 2º do art. 216 da Constituição Federal, e dá outras providências.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/110/lei_no_136_de_2017_dispoe_o_sistema_unico_de_assisten_gPSEAJc.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/110/lei_no_136_de_2017_dispoe_o_sistema_unico_de_assisten_gPSEAJc.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema Único de Assistência Social do Município de São Raimundo das Mangabeiras e dá outras providências.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/109/lei_no_135_de_2017_adota_o_diario_oficial_famem_.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/109/lei_no_135_de_2017_adota_o_diario_oficial_famem_.pdf</t>
   </si>
   <si>
     <t>Adota o Diário Oficial dos Municípios do Estado do Maranhão, instituido e administrado pela FAMEM, como meio oficial de comunicação dos atos normativos e administrativos do Município de São Raimundo das Mangabeiras, Estado do Maranhão e dá outras providências.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/108/lei_no_134_de__2017_altera_a_lei_no_39_de_2010.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/108/lei_no_134_de__2017_altera_a_lei_no_39_de_2010.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 39, de 05 de maio de 2010, que institui o Novo Plano de Cargos, Carreira, Vencimentos e Salários dos Profissionais da Educação Básica da Rede Pública Municipal do Município de São Raimundo das Mangabeiras e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/147/lei_no_134_de_2017_cestas_basicas_de_alimentos_e_mate_uQfshCj.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/147/lei_no_134_de_2017_cestas_basicas_de_alimentos_e_mate_uQfshCj.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Distribuição de Cestas Básicas de alimentos às famílias hipossuficientes bem como de Material de Construção e Agrícola às famílias de baixa renda e/ou em situação de risco social do Município de São Raimundo das Mangabeiras e dá outras providências.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/107/lei_no_133_de_2017_reorganizacao_da_estrutura_administrativa.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/107/lei_no_133_de_2017_reorganizacao_da_estrutura_administrativa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reorganização da Estrutura Administrativa da Prefeitura do Município de São Raimundo das Mangabeiras, define diretrizes e dá outras providências.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/106/lei_no_132_de_2017_repassar_recurso_ao_projeto_mais_medicos.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/106/lei_no_132_de_2017_repassar_recurso_ao_projeto_mais_medicos.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a repassar recursos a título de auxílio moradia e auxílio alimentação aos médicos do Projeto Mais Médicos para o Brasil e dá outras providências.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/105/lei_no_131__de_2017_vencimento_e_carga_dos_horaria_do_aF147xf.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/105/lei_no_131__de_2017_vencimento_e_carga_dos_horaria_do_aF147xf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o vencimento e a carga horária dos profissionais enfermeiros e dá outras providências.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/104/lei_no_130_de_2017_-_dispoe_da_gratuidade_detransport_DvFuFsf.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/104/lei_no_130_de_2017_-_dispoe_da_gratuidade_detransport_DvFuFsf.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a gratuidade das passagens no transporte público coletivo local aos estudantes matriculados no Instituto Federal de Educação,_x000D_
 Ciência e Tecnologia do Maranhão - IFMA, Campus São Raimundo das Mangabeiras/MA e dá outras providências.</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2016/144/lei_129-2016_loa.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2016/144/lei_129-2016_loa.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de São Raimundo das Mangabeiras para o exercício de 2017.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2016/103/lei_no_2016_-128_-dispoe_da_comissao_de_transicao_de_governo.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2016/103/lei_no_2016_-128_-dispoe_da_comissao_de_transicao_de_governo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição de comissão de transição por_x000D_
 candidato eleito para o cargo de Prefeito Municipal e demais regras de transição adn inistlava da gestão do Município de São Raimundo das Mangabeiras e dá outras providências.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2016/102/lei_no_127_de_setembro_de_2016.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2016/102/lei_no_127_de_setembro_de_2016.pdf</t>
   </si>
   <si>
     <t>Altera os artigos 77 e 78 da Lei Organica do Município de São Raimundo das Mangabeiras, que dispõe sabre as regras de transição administrativa municipal e da outras providências.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2016/101/lei_no_126_de_agosto_de_2016.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2016/101/lei_no_126_de_agosto_de_2016.pdf</t>
   </si>
   <si>
     <t>Fixa os subsidios do Prefeito Municipal, do Vice-Prefeito, dos Secretfrios Municipals e Vereadores do Municipio de São Raimundo das Mangabeiras, Estado do Maranhão, para a legislatura 2017/2020.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2016/100/lei_no_125_de_junho_de_2016.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2016/100/lei_no_125_de_junho_de_2016.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Gerais para a elaboração da Lei Orçamentária de 2017 e dá outras providências.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2016/99/lei_124_de_junho_de_2016.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2016/99/lei_124_de_junho_de_2016.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo I da Lei Municipal n.º 14, de 20 de janeiro de 2009 que dispõe sobre a concessão de diárias no âmbito da Administração Publica do Municipio de São Raimundo das Mangabeiras e á outras providências.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2016/98/lei_no_123_de_maio_de_2016.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2016/98/lei_no_123_de_maio_de_2016.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n.º 48, de 28 de março de 2011, que disciplina a concessão, a permissão e a autorização do transporte coletivo urbano e rural no Município e dá outras providências.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2016/97/lei_no_122_de_marco_de_2016.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2016/97/lei_no_122_de_marco_de_2016.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Creche Municipal de São Raimundo das Mangabeiras/MA e dá outras providências.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/96/lei_no_121_de_dezembro_2015.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/96/lei_no_121_de_dezembro_2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para alienar veículos e_x000D_
 materiais inservíveis do Poder Executivo_x000D_
 Municipal e dá outras providencias.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/95/lei_no_119_de_dezembro_de_2015.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/95/lei_no_119_de_dezembro_de_2015.pdf</t>
   </si>
   <si>
     <t>Altera o Anexo 1, do quadro de pessoal comissionado, da Lei n.º 85/2012, que trata da reforma da Estrutura Administrativa Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/94/lei_no_118_de_04_de_dezembro_2015.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/94/lei_no_118_de_04_de_dezembro_2015.pdf</t>
   </si>
   <si>
     <t>Altera lei n 79/2013, que fixa os subsidios do Prefeito Municipal, do Vice-prefeito, dos Secretários Municipais e Vereadores.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/93/lei_no_117_de_30_de_novembro_2015.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/93/lei_no_117_de_30_de_novembro_2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre outorga de Título de Cidadão Mangabeirense a Audice pereira de Alencar.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/92/lei_no_116_de_01_de_julho_de__2015.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/92/lei_no_116_de_01_de_julho_de__2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação do Sistema de Segurança Alimentar e Nutricional no âmbito do Município de São Raimundo das Mangabeiras/MA, com vistas a assegurar o direito humano à alimentação adequada e dá outras providências.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/91/lei_no_115_de_agosto_de_2016.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/91/lei_no_115_de_agosto_de_2016.pdf</t>
   </si>
   <si>
     <t>Que dispõe sobre regulamentação das diretrizes, metas e estratégias para a educação do município de São Raimundo das Mangabeiras/MA que compõem o Plano Municipal de Educação e dá outras providências.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/90/lei_no_114_de_01_de_junho_2015.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/90/lei_no_114_de_01_de_junho_2015.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar doação de terreno urbano que especifica, mediante a implementação de encargos, em favor da Associação da Rádio Comunitária FM Rio Neves e dá outras providências.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Gerais para a elaboração da Lei Orçamentária de 2016 e dá outras providências.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/88/lei_no_112_de_06_abril_de_2015.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/88/lei_no_112_de_06_abril_de_2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do Fórum Municipal de Educação de São Raimundo das Mangabeiras e dá outras providências.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/87/lei_n_111_de_06_de_abril_2015.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/87/lei_n_111_de_06_de_abril_2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Instituição do Sistema Municipal de Ensino do Município de São Raimundo das Mangabeiras e dá outras providências.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/86/plano_de_cargos_salarios_poder_legislativo.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/86/plano_de_cargos_salarios_poder_legislativo.pdf</t>
   </si>
   <si>
     <t>Institui o Plano de Cargos, Carreira e Salários dos Servidores Públicos do Poder Legislativo do Município de São Raimundo das Mangabeiras e dá outras providências.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/85/lei_no_109_de_janeiro_de_2015.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/85/lei_no_109_de_janeiro_de_2015.pdf</t>
   </si>
   <si>
     <t>Altera a lei nº 32/2009, que dispõe sobre a Política Municipal dos Direitos da Criança e do Adolescente do Município de São Raimundo das Mangabeiras.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2014/84/lei_no_108_de_dezembro_2014_2o.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2014/84/lei_no_108_de_dezembro_2014_2o.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de São Raimundo das Mangabeiras para o exercício de 2015 (LOA).</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2014/83/lei_no_107_de_outubro_2014.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2014/83/lei_no_107_de_outubro_2014.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 46, de 22 de dezembro de 2005, que dispõe sobre o Estatuto dos Servidores Públicos do Município de São Raimundo das Mangabeiras, para dispor sobre a licença especial remunerada e dá outras providências.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2014/82/lei_no_106_de_setembro_2014.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2014/82/lei_no_106_de_setembro_2014.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar doação de terreno urbano que especifica, mediante a implementação de encargos, em favor do Estado do Maranhão e dá outras providências.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2014/81/lei_no_105_de_junho_2014.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2014/81/lei_no_105_de_junho_2014.pdf</t>
   </si>
   <si>
     <t>dispõe sobre a isenção fiscal do ISSQN em favor da Caixa Econômica Federal e dá outras providências.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2014/80/lei_no_104_de_junho_2014.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2014/80/lei_no_104_de_junho_2014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Gerais para a elaboração da Lei Orçamentária de 2015 (LDO) e dá outras providências.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2014/79/lei_no_103__de_09_junho__de_2014.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2014/79/lei_no_103__de_09_junho__de_2014.pdf</t>
   </si>
   <si>
     <t>Que doa terreno que especifica, mediante encargos, em favor do Estado do Maranhão e dá outras providências.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2014/78/lei_no_102__de_26_junho__de_2014.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2014/78/lei_no_102__de_26_junho__de_2014.pdf</t>
   </si>
   <si>
     <t>Reconhece os limites territoriais da zona urbana do Município de São Raimundo das Mangabeiras aos locais que indica e dá outras providências.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a conceder um dia de folga ao servidor público municipal no dia do seu aniversário e dá outras providências.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/76/lei_no_100_de_30_dezembro_2013.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/76/lei_no_100_de_30_dezembro_2013.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Cooperativa Agroecológica Pela Vida de São Raimundo das Mangabeiras - COOPEVIDA - e dá outras providências.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/75/lei_no_98_de_dezembro_2013.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/75/lei_no_98_de_dezembro_2013.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de São Raimundo das Mangabeiras para o exercício de 2014.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/74/lei_no_97__de_11_novembro_2013.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/74/lei_no_97__de_11_novembro_2013.pdf</t>
   </si>
   <si>
     <t>Que regulamenta o exercício das atividades dos profissionais em transporte de passageiros, "mototaxista", em entrega de mercadorias e em serviço comunitário de rua, e "moto boy", com o uso de motocicleta, em conformidade com a Lei nº 12.009/2009, estabelecendo regras gerais para a regulamentação deste serviço no Município de São Raimundo das Mangabeiras/MA e dá outras providências.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/73/lei_no_96_de_13__novembro_2013.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/73/lei_no_96_de_13__novembro_2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre outorga de Título de Cidadão Mangabeirense a Roberto Coelho Rocha.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/72/lei_no_95_de_14_outubro_2013.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/72/lei_no_95_de_14_outubro_2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema Municipal de Cultura de São Raimundo das Mangabeiras seus princípios, objetivos, estrutura, organização, gestão, inter relações entre os seus componentes, recursos humanos, financiamento e dá outras providências.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/71/lei_no_94_de10_outubro_2013.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/71/lei_no_94_de10_outubro_2013.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal da Cidade de São Raimundo das Mangabeiras - CONCIDADE, dispõe sobre sua composição, competências e dá outras providências.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/70/lei_no_93_de_junho_de_2013_ldo.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/70/lei_no_93_de_junho_de_2013_ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Gerais para a elaboração da Lei Orçamentária de 2014 e dá outras providências (LDO).</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/69/lei_no_92_de_05_de_junho_2013.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/69/lei_no_92_de_05_de_junho_2013.pdf</t>
   </si>
   <si>
     <t>Institui o "Dia do Evangélico" no Município de São Raimundo das Mangabeiras/MA e dá outras providências.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/67/lei_no_90_de_abril__de_2013.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/67/lei_no_90_de_abril__de_2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre outorga de Título de Cidadão Mangabeirense a Flávio Dino de Castro e Costa.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/66/lei_no_89_de_marco__de_2013.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/66/lei_no_89_de_marco__de_2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa Municipal de Desenvolvimento da Cadeia Produtiva da Aquicultura Familiar, bem como utilizar recursos na promoção de ações de apoio e incentivo à atividade sustentável.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/68/lei_no_91_de_abril__de_2013.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/68/lei_no_91_de_abril__de_2013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre outorga de Título de Cidadão Mangabeirense a Manoel Carneiro.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/65/lei_no_88_de_25_fevereiro_2013.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/65/lei_no_88_de_25_fevereiro_2013.pdf</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/64/lei_no_87_de_10__dezembro___2012.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/64/lei_no_87_de_10__dezembro___2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a verda indenizatória do exercício parlamentar e dá outras providências.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/62/lei_no_85_de_11_dezembro_2012.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/62/lei_no_85_de_11_dezembro_2012.pdf</t>
   </si>
   <si>
     <t>Dispões sobre a reorganização da Estrutura Administrativa da Prefeitura do Município de São Raimundo das Mangabeiras, define diretrizes e dá outras providências.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/61/lei_no_84__de_11_dez_de_2012_loa_.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/61/lei_no_84__de_11_dez_de_2012_loa_.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de São Raimundo das Mangabeiras para o exercício de 2013.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/60/lei_no_83_de_10_dezembro__2012.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/60/lei_no_83_de_10_dezembro__2012.pdf</t>
   </si>
   <si>
     <t>Altera a Contribuição de Iluminação Pública - CIP, no Município de São Raimundo das Mangabeiras na forma autorizada pelo art.149-A, da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/63/lei_no_86_de_19_fevereiro_2012.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/63/lei_no_86_de_19_fevereiro_2012.pdf</t>
   </si>
   <si>
     <t>Cria cargos que especifica no Quadro de pessoal do Município de São Raimundo das Mangabeiras e dá outras providências.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/59/lei_no_82_de_10_dezembro_2012.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/59/lei_no_82_de_10_dezembro_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre instituição de meia-entrada e meia passagem para estudantes em locais e nas condições que menciona, sob pena de multa e dá outras providências.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/58/lei_no_81_de_20__novembro__2012.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/58/lei_no_81_de_20__novembro__2012.pdf</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/57/lei_no_80_de_06_novembro_2012.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/57/lei_no_80_de_06_novembro_2012.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a desenvolver ações para implementar o Programa Minha Casa, Minha Vida (PMCMV), estabelecido pela Lei Federal nº 11.977/2009.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/56/lei_no_79_de_04_setembro__2012.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/56/lei_no_79_de_04_setembro__2012.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios do Prefeito Municipal, do Vice-prefeito, dos Secretários Municipais e Vereadores do Município de São Raimundo das Mangabeiras, Estado do Maranhão, para a legislatura 2013/2016.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/55/lei_no_78_de_28__junho_de_2012.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/55/lei_no_78_de_28__junho_de_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Gerais para a elaboração da Lei Orçamentária (LDO) de 2013 e dá outras providências.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/54/lei_no_77_de18_junho_de_2012.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/54/lei_no_77_de18_junho_de_2012.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 63, de 23 de agosto de 2008, que dispõe sobre o regime jurídico das atividades de Agente Comunitário de Saúde e Agentes de Combate às Endemias, na forma do §5º do art.198 da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/53/lei_no_76_de_18_junho_de_2012.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/53/lei_no_76_de_18_junho_de_2012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para alienar veículos e materiais inservíveis do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/51/lei_no_74_de_30__maio_de___2012.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/51/lei_no_74_de_30__maio_de___2012.pdf</t>
   </si>
   <si>
     <t>Regulamenta a concessão de título de Cidadão Honorário ou Benemérito a serem concedidos pelo Poder Legislativo, conforme previsão da Lei Orgânica Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/49/lei_no_71_de_21_maio_de_2012.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/49/lei_no_71_de_21_maio_de_2012.pdf</t>
   </si>
   <si>
     <t>Que dispõe sobre a proteção do patrimônio histórico, cultural, artístico, paisagístico e arqueológico do Município de São Raimundo das Mangabeiras e dá outras providências.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/52/lei_no_75_de_17_maio_de_2012.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/52/lei_no_75_de_17_maio_de_2012.pdf</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/50/lei_no_73_de_08_de_maio_de_2012.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/50/lei_no_73_de_08_de_maio_de_2012.pdf</t>
   </si>
   <si>
     <t>Que autoriza o Poder Executivo a implementar medidas de revitalização de equipamentos públicos localizados no Povoado Vale Verde e dá outras providências.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/48/lei_no_70_de_fevereiro_de_2012.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/48/lei_no_70_de_fevereiro_de_2012.pdf</t>
   </si>
   <si>
     <t>Que altera a Lei nº 63, de 23 de agosto de 2008 que dispõe sobre o regime jurídico das atividades de Agente Comunitário de Saúde e Agentes de Combate às Endemias, na forma do §5º do art. 198 da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/47/lei_no_69_de_dezembro_2011.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/47/lei_no_69_de_dezembro_2011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Poder Legislativo em São Raimundo das Mangabeiras/Ma bem como de seu Plenário e de outras providências</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/46/lei_no_68__de_12_dezembro_2011.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/46/lei_no_68__de_12_dezembro_2011.pdf</t>
   </si>
   <si>
     <t>Que estima a receita e fixa a despesas do Município de São Raimundo das Mangabeiras para o exercício de 2012.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/45/lei_no_67_de_novembro_2011.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/45/lei_no_67_de_novembro_2011.pdf</t>
   </si>
   <si>
     <t>Que regulamenta o regime jurídico-administrativo dos servidores vinculados aos programas Federais e Estaduais e dá outras providências.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/43/lei_no_65__de_07_novembro__2011.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/43/lei_no_65__de_07_novembro__2011.pdf</t>
   </si>
   <si>
     <t>Altera a redação dos artigos que menciona da Lei Orgânica e dá outras providências.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/44/lei_no_66_de_14_novembro_2011.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/44/lei_no_66_de_14_novembro_2011.pdf</t>
   </si>
   <si>
     <t>Institui a Semana do Bebê no Município de São Raimundo das Mangabeiras/MA e dá outras providências.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/42/lei_no_64_de_07_novembro__2011.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/42/lei_no_64_de_07_novembro__2011.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar doação de terreno urbano com encargos ao Estado do Maranhão e dá outras providências</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/41/lei_no_63_de_27__outubro_2011.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/41/lei_no_63_de_27__outubro_2011.pdf</t>
   </si>
   <si>
     <t>Altera a lei nº 32, de 21 de outubro de 2009, que dispõe sobre a política dos direitos da criança e do adolescente no Município de São Raimundo das Mangabeiras e dá outras providências</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/40/lei_no_62_de_17__outubro_2011.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/40/lei_no_62_de_17__outubro_2011.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a Rádio Comunitária FM Rio Neves</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/39/lei_no_61_de_03__outubro_2011.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/39/lei_no_61_de_03__outubro_2011.pdf</t>
   </si>
   <si>
     <t>Revoga a lei nº 014/1993, que cria o Conselho Municipal de  Saúde, atualiza os objetivos, as competências e a composição do referido conselho e dá outras providências</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/38/lei_no_60__de_22__setembo___2011.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/38/lei_no_60__de_22__setembo___2011.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Exeutivo a implementar medidas de revitalização da Praça do Mercado e dá outras providências.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/37/lei_no_59__de_16__agosto_2011_.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/37/lei_no_59__de_16__agosto_2011_.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a subvencionar mediante convênio, na forma que disciplina, o Projeto Vida Felix, da Prelazia de Balsas e dá outras providências.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/36/lei_no_58_de_15_agosto_de_2011.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/36/lei_no_58_de_15_agosto_de_2011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito adicional especial no Orçamento Geral do Município e dá outras providências.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/35/lei_no_57_de_16__agosto_2011_.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/35/lei_no_57_de_16__agosto_2011_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Adicional Especial no Orçamento Geral do Município e dá outras providências.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/34/lei_no_56_de_27_de_julho_2011.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/34/lei_no_56_de_27_de_julho_2011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa "Jovem na Universidade", que estabelece o auxilio financeiro para custeio de despesas de cursos de graduação em nível superior.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/33/lei_no_55_de_26__julho_de___2011.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/33/lei_no_55_de_26__julho_de___2011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de lotes urbanos pelo Programa Habitacional "Meu Lote, Meu Sonho" e dá outras providências.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/32/lei_no_54_de_26__julho_de___2011.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/32/lei_no_54_de_26__julho_de___2011.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Gestor dos Programas Sociais do Município de São Raimundo das Mangabeiras e dá outras providências.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/31/lei_no_53_de_26__julho_de___2011.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/31/lei_no_53_de_26__julho_de___2011.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Bolsa Esperança como garantia de apoio sócio-familiar e renda mínima para famílias do Município de São Raimundo das Mangabeiras.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/30/lei_no_52_de_26__julho_de___2011.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/30/lei_no_52_de_26__julho_de___2011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa Bebê Feliz como instrumento social suplementar de fornecimento de materiais para o recém-nascido e dá outras providências.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/29/lei_no_51_de_26__julho_de___2011.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/29/lei_no_51_de_26__julho_de___2011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa Aluno Feliz como instrumento suplementar de fornecimento de material escolar e dá outras providências.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/27/lei_no_49_de_19_demaio_de_2011.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/27/lei_no_49_de_19_demaio_de_2011.pdf</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/28/lei_no_50_de_17_de_junho_2011.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/28/lei_no_50_de_17_de_junho_2011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes orçamentárias - LDO, fixa os objetivos e metas da Administração Municipal para o exercício financeiro de 2012, e dá ouras providências.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/26/lei_no_48_de_28__marco__2011.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/26/lei_no_48_de_28__marco__2011.pdf</t>
   </si>
   <si>
     <t>Que disciplina a concessão, a permissão e a autorização do transporte coletivo urbano e rural  no município e dá outras providências.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/25/lei_no_47_de_21_fevereiro__2011.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/25/lei_no_47_de_21_fevereiro__2011.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 49, de 22 de dezembro de 2005, que institui o Código de Posturas do Município de São Raimundo das Mangabeiras e dá outras providências.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/24/lei_no_46_de_03_de_janeiro_2011_alterada.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/24/lei_no_46_de_03_de_janeiro_2011_alterada.pdf</t>
   </si>
   <si>
     <t>Altera redação de dispositivos da Lei nº 043/2005 (Código Tributário Municipal) na forma que se especifica e dá outras providências.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>Que dispõe sobre a extinção dos contratos de enfiteuse no Município de São Raimundo das Mangabeiras, Estado do Maranhão.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/23/contin_da_lei_no_45_loa_2010.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/23/contin_da_lei_no_45_loa_2010.pdf</t>
   </si>
   <si>
     <t>que estima a receita e fixa a despesa do Município de São Raimundo das Mangabeiras para o exercício financeiro de 2011 e dá outras providências. Data: 16/12/2010.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/21/lei_no_43_de_30__setembro_2010.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/21/lei_no_43_de_30__setembro_2010.pdf</t>
   </si>
   <si>
     <t>Institui a Biblioteca Municipal Professora Maria Salomé da Silva Moura e dá outras providências.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/19/lei_no_42_de_16_setembo_de_2010.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/19/lei_no_42_de_16_setembo_de_2010.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito adicional especial no orçamento geral do município e dá outras providências</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/18/lei_no_41_de_24_de_junho___2010.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/18/lei_no_41_de_24_de_junho___2010.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes gerais para a elaboração da Lei Orçamentária de 2011 e dá outras providências.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/17/lei_no_40__de_20_de_maio_de_2010.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/17/lei_no_40__de_20_de_maio_de_2010.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar doação de terreno urbano com encargos ao Estado do Maranhão e dá outras providências.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/16/lei_39-2010.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/16/lei_39-2010.pdf</t>
   </si>
   <si>
     <t>Institui o Novo Plano de Cargos, Carreira, Vencimentos e Salários dos Profissionais da Educação Básica da Rede Pública Municipal do Município de São Raimundo das Mangabeiras e dá outras providências.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/15/lei_no_38_de_19_abril_de_2010.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/15/lei_no_38_de_19_abril_de_2010.pdf</t>
   </si>
   <si>
     <t>Autoriza o executivo municipal a desenvolver ações para implementar o programa Minha Casa, Minha Vida (PMCMV) e dá outras providências, estabelecido pela lei federal nº 11.977/2009.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/14/lei_no_37_de_marco_de_2010_.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/14/lei_no_37_de_marco_de_2010_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as medidas de controle da regularidade no exercício das atividades empresariais no Município e dá outras providências.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/13/lei_no_36_de_22_fevereiro_2010.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/13/lei_no_36_de_22_fevereiro_2010.pdf</t>
   </si>
   <si>
     <t>Altera lei de criação do Conselho Municipal de Educação e Determina outras providências.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/12/lei_35-2009-_codigo_do_meio_ambiente.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/12/lei_35-2009-_codigo_do_meio_ambiente.pdf</t>
   </si>
   <si>
     <t>Institui o Código Municipal de Meio Ambiente de São Raimundo das Mangabeiras, Estado do Maranhão e dá outras providências.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/7/lei_no_30_de_26__outubro_2009.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/7/lei_no_30_de_26__outubro_2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa Municipal de Incentivo à Cultura - PROMICe dá outras Providências.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/9/lei_no_32_de_21_outubro_2009.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/9/lei_no_32_de_21_outubro_2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a  política dos direitos da criança e do adolescente no município de São Raimundo das Mangabeiras e dá outras providências.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Dispõe sobre a organização e a gestão da Assistência Social, no Município, cria o Conselho Municipal de Assistência Social e o Fundo Municipal de Assistência Social, e dá outras providências.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/8/lei_no_31_de_13__outubro_2009.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/8/lei_no_31_de_13__outubro_2009.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Estrutura Administrativa do Município de São Raimundo das Mangabeiras e dá outras providências.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/10/lei_no_33_de_18__maio_2009.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/10/lei_no_33_de_18__maio_2009.pdf</t>
   </si>
   <si>
     <t>Estabelece o período para a realização de concursos públicos destinados à admissão de pessoal da administração direita e indireta do município de São Raimundo das Mangabeiras-MA, abonação de faltas motivadas por crença religiosa e dá outras providências.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/6/lei_no_21_de_maio_2009_original_.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/6/lei_no_21_de_maio_2009_original_.pdf</t>
   </si>
   <si>
     <t>Dispõe o art. 100, §3º, da Constituição Federal e o art. 87, dos Atos das Disposições Constitucionais Transitórias e dá outras providências.</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2005/136/lei_no_49-2005_cond._de_postur_.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2005/136/lei_no_49-2005_cond._de_postur_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Código de Postura do Município de São Raimundo das Mangabeiras, Estado do Maranhão, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2005/169/estatuto_dos_servidores_publicos_alterado_maio_2021_pdf.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2005/169/estatuto_dos_servidores_publicos_alterado_maio_2021_pdf.pdf</t>
   </si>
   <si>
     <t>Dá nova redação à Lei Complementar n° 15, de 26 de novembro de 1990, que cria o Estatuto dos Servidores Públicos do Município de São Raimundo das Mangabeiras/MA.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/1993/20/lei_no_14_de_11__outubro_1993.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/1993/20/lei_no_14_de_11__outubro_1993.pdf</t>
   </si>
   <si>
     <t>Institui o Conselho Municipal de Saúde do município de São Raimundo das Mangabeiras e dá outras providências.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/1990/4/lei_no_16_de_26_novembro_1990.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/1990/4/lei_no_16_de_26_novembro_1990.pdf</t>
   </si>
   <si>
     <t>Estatuto dos servidores públicos.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/1990/3/lei_organica_atualizada.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/1990/3/lei_organica_atualizada.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Lei Orgânica do Município de São Raimundo das Mangabeiras</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/1988/5/lei_n_02_1988__-_feriado_municiapl_nos_dias_30_31_de_agosto.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/1988/5/lei_n_02_1988__-_feriado_municiapl_nos_dias_30_31_de_agosto.pdf</t>
   </si>
   <si>
     <t>Estabelece como feriado municipal os dias 30 e 31 de agosto e dá outras providências</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2582,67 +2582,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/253/lei_no_264-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/252/lei_no263-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/251/lei_no_262-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/250/lei_no_261-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/249/lei_no_260-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/248/lei_no_259-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/247/lei_no_258-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/245/lei_no_257-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/244/lei_no_256-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/243/lei_no_255-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/242/lei_254.2023_titulo_de_cidadao_cel_emerson.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/241/lei_253-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/240/lei_no_252-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/239/lei_no_251-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/238/lei_no_250-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/237/lei_no_249-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/236/lei_no_248-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/235/lei_no_247-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/234/lei_no_246-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/233/lei_no_245-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/232/lei_no_244-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/231/lei_no_243-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/228/lei_no_242-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/227/lei_no_241-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/226/lei_no_240-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/225/lei_no_239-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/224/lei_no_238-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/223/lei_no_237-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/222/lei_no_236-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/221/lei_no_235-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/217/lei_no_234-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/216/lei_no_233-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/215/lei_no_232-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/214/lei_no_231-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/213/lei_no_230-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/212/lei_229-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/211/lei_228-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/220/lei_no_227-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/219/lei_226-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/218/lei_225-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/210/lei_224-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/208/lei_222-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/207/lei_221-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/206/lei_220-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/204/lei_219-2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/203/lei_218-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/202/lei_217-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/200/lei_215-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/199/lei_214-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/198/lei_213-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/197/lei_212-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/196/lei_211-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/195/lei_210-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/194/lei_209-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/176/ldo_1.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/192/lei_206-2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/193/lei_207-2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/191/lei_205-2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/190/lei_204-2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/189/lei_203-2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/187/lei_201-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/186/lei_200-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/185/lei_199-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/184/lei_198-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/183/lei_197-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/205/lei_196-2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/182/lei_195-2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/181/lei_194-2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/180/lei_193-2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/179/lei_192-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/178/lei_191-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/177/lei_190-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2020/174/loa_2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2020/171/lei_183-2020_ldo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/158/lei_180-2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/157/lei_179-2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/156/lei_178-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/155/lei_177-2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/154/lei_176-2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/153/lei_175-2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/150/lei_no_174-2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/148/lei_172-2019-ldo.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/151/lei_no_173_doacao_terreno_mpma.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/149/lei_no_171-2018_loa.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/159/lei_170-2018.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/146/lei_no_169-2018.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/145/lei_no_168-2018.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/143/lei_no_167-2018.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/142/lei_no_166-2018.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/141/lei_no_165-2018.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/139/lei_no_163-2018.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/138/lei_no_162-2018.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/134/lei_161-2017.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/133/lei_160-2017.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/132/lei_159-2017.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/131/lei_158-2017.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/124/lei_no_156_de_2017_loa_completa.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/129/lei_155-2017.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/130/ppa_2018-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/123/lei_no_154_altera__a_lei_no_43_de_dezembro_de_2005.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/122/lei_no_153_de_2017__doacao_terreno_a_favor_do_estado.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/121/lei_no_152_de_2017_altera_artigo_da_lei_organica.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/135/lei_no_150_altera_a_lei_no_27_de_2009.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/119/lei_no_149_de_2017_organizacao_da_procuradoria_geral__Ju6u3Wr.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/118/lei_no_148_de_2017_dispoe_da_bandeira_e_o_brasao.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/117/lei_no_147_de_2017_jornada_de_trabalho_servidores_.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/116/lei_no_146__de__2017_dispoe_sobre_regime_juridico_dos_4TdV2t0.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/128/lei_145-2017.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/115/lei_no_144_de_2017_apoio_as_comitivas.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/114/lei_no_143_de_2017_diretriz_orcamentaria_ok.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/113/lei_no_142_de_2017_conselho_de_pessoas_deficientes.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/112/lei_no_141_de_2017__altera_a_lei_no_46_de_2005.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/111/lei_no_140_de_2017_alterar_o_layout_da_quiosques_da_p_03u5jCa.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/127/lei_139-2017.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/126/lei_138-2017.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/125/lei_137-2017.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/110/lei_no_136_de_2017_dispoe_o_sistema_unico_de_assisten_gPSEAJc.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/109/lei_no_135_de_2017_adota_o_diario_oficial_famem_.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/108/lei_no_134_de__2017_altera_a_lei_no_39_de_2010.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/147/lei_no_134_de_2017_cestas_basicas_de_alimentos_e_mate_uQfshCj.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/107/lei_no_133_de_2017_reorganizacao_da_estrutura_administrativa.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/106/lei_no_132_de_2017_repassar_recurso_ao_projeto_mais_medicos.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/105/lei_no_131__de_2017_vencimento_e_carga_dos_horaria_do_aF147xf.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/104/lei_no_130_de_2017_-_dispoe_da_gratuidade_detransport_DvFuFsf.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2016/144/lei_129-2016_loa.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2016/103/lei_no_2016_-128_-dispoe_da_comissao_de_transicao_de_governo.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2016/102/lei_no_127_de_setembro_de_2016.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2016/101/lei_no_126_de_agosto_de_2016.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2016/100/lei_no_125_de_junho_de_2016.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2016/99/lei_124_de_junho_de_2016.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2016/98/lei_no_123_de_maio_de_2016.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2016/97/lei_no_122_de_marco_de_2016.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/96/lei_no_121_de_dezembro_2015.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/95/lei_no_119_de_dezembro_de_2015.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/94/lei_no_118_de_04_de_dezembro_2015.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/93/lei_no_117_de_30_de_novembro_2015.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/92/lei_no_116_de_01_de_julho_de__2015.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/91/lei_no_115_de_agosto_de_2016.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/90/lei_no_114_de_01_de_junho_2015.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/88/lei_no_112_de_06_abril_de_2015.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/87/lei_n_111_de_06_de_abril_2015.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/86/plano_de_cargos_salarios_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/85/lei_no_109_de_janeiro_de_2015.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2014/84/lei_no_108_de_dezembro_2014_2o.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2014/83/lei_no_107_de_outubro_2014.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2014/82/lei_no_106_de_setembro_2014.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2014/81/lei_no_105_de_junho_2014.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2014/80/lei_no_104_de_junho_2014.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2014/79/lei_no_103__de_09_junho__de_2014.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2014/78/lei_no_102__de_26_junho__de_2014.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/76/lei_no_100_de_30_dezembro_2013.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/75/lei_no_98_de_dezembro_2013.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/74/lei_no_97__de_11_novembro_2013.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/73/lei_no_96_de_13__novembro_2013.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/72/lei_no_95_de_14_outubro_2013.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/71/lei_no_94_de10_outubro_2013.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/70/lei_no_93_de_junho_de_2013_ldo.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/69/lei_no_92_de_05_de_junho_2013.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/67/lei_no_90_de_abril__de_2013.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/66/lei_no_89_de_marco__de_2013.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/68/lei_no_91_de_abril__de_2013.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/65/lei_no_88_de_25_fevereiro_2013.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/64/lei_no_87_de_10__dezembro___2012.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/62/lei_no_85_de_11_dezembro_2012.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/61/lei_no_84__de_11_dez_de_2012_loa_.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/60/lei_no_83_de_10_dezembro__2012.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/63/lei_no_86_de_19_fevereiro_2012.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/59/lei_no_82_de_10_dezembro_2012.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/58/lei_no_81_de_20__novembro__2012.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/57/lei_no_80_de_06_novembro_2012.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/56/lei_no_79_de_04_setembro__2012.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/55/lei_no_78_de_28__junho_de_2012.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/54/lei_no_77_de18_junho_de_2012.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/53/lei_no_76_de_18_junho_de_2012.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/51/lei_no_74_de_30__maio_de___2012.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/49/lei_no_71_de_21_maio_de_2012.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/52/lei_no_75_de_17_maio_de_2012.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/50/lei_no_73_de_08_de_maio_de_2012.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/48/lei_no_70_de_fevereiro_de_2012.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/47/lei_no_69_de_dezembro_2011.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/46/lei_no_68__de_12_dezembro_2011.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/45/lei_no_67_de_novembro_2011.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/43/lei_no_65__de_07_novembro__2011.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/44/lei_no_66_de_14_novembro_2011.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/42/lei_no_64_de_07_novembro__2011.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/41/lei_no_63_de_27__outubro_2011.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/40/lei_no_62_de_17__outubro_2011.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/39/lei_no_61_de_03__outubro_2011.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/38/lei_no_60__de_22__setembo___2011.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/37/lei_no_59__de_16__agosto_2011_.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/36/lei_no_58_de_15_agosto_de_2011.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/35/lei_no_57_de_16__agosto_2011_.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/34/lei_no_56_de_27_de_julho_2011.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/33/lei_no_55_de_26__julho_de___2011.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/32/lei_no_54_de_26__julho_de___2011.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/31/lei_no_53_de_26__julho_de___2011.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/30/lei_no_52_de_26__julho_de___2011.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/29/lei_no_51_de_26__julho_de___2011.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/27/lei_no_49_de_19_demaio_de_2011.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/28/lei_no_50_de_17_de_junho_2011.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/26/lei_no_48_de_28__marco__2011.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/25/lei_no_47_de_21_fevereiro__2011.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/24/lei_no_46_de_03_de_janeiro_2011_alterada.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/23/contin_da_lei_no_45_loa_2010.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/21/lei_no_43_de_30__setembro_2010.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/19/lei_no_42_de_16_setembo_de_2010.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/18/lei_no_41_de_24_de_junho___2010.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/17/lei_no_40__de_20_de_maio_de_2010.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/16/lei_39-2010.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/15/lei_no_38_de_19_abril_de_2010.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/14/lei_no_37_de_marco_de_2010_.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/13/lei_no_36_de_22_fevereiro_2010.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/12/lei_35-2009-_codigo_do_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/7/lei_no_30_de_26__outubro_2009.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/9/lei_no_32_de_21_outubro_2009.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/8/lei_no_31_de_13__outubro_2009.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/10/lei_no_33_de_18__maio_2009.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/6/lei_no_21_de_maio_2009_original_.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2005/136/lei_no_49-2005_cond._de_postur_.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2005/169/estatuto_dos_servidores_publicos_alterado_maio_2021_pdf.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/1993/20/lei_no_14_de_11__outubro_1993.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/1990/4/lei_no_16_de_26_novembro_1990.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/1990/3/lei_organica_atualizada.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/1988/5/lei_n_02_1988__-_feriado_municiapl_nos_dias_30_31_de_agosto.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/253/lei_no_264-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/252/lei_no263-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/251/lei_no_262-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/250/lei_no_261-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/249/lei_no_260-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/248/lei_no_259-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/247/lei_no_258-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/245/lei_no_257-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/244/lei_no_256-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/243/lei_no_255-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2023/242/lei_254.2023_titulo_de_cidadao_cel_emerson.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/241/lei_253-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/240/lei_no_252-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/239/lei_no_251-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/238/lei_no_250-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/237/lei_no_249-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/236/lei_no_248-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/235/lei_no_247-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/234/lei_no_246-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/233/lei_no_245-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/232/lei_no_244-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/231/lei_no_243-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/228/lei_no_242-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/227/lei_no_241-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/226/lei_no_240-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/225/lei_no_239-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/224/lei_no_238-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/223/lei_no_237-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/222/lei_no_236-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/221/lei_no_235-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/217/lei_no_234-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/216/lei_no_233-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/215/lei_no_232-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/214/lei_no_231-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/213/lei_no_230-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/212/lei_229-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/211/lei_228-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/220/lei_no_227-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/219/lei_226-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/218/lei_225-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/210/lei_224-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/208/lei_222-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/207/lei_221-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/206/lei_220-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/204/lei_219-2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/203/lei_218-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/202/lei_217-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/200/lei_215-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/199/lei_214-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/198/lei_213-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/197/lei_212-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/196/lei_211-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/195/lei_210-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/194/lei_209-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/176/ldo_1.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/192/lei_206-2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/193/lei_207-2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/191/lei_205-2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/190/lei_204-2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/189/lei_203-2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/187/lei_201-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/186/lei_200-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/185/lei_199-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/184/lei_198-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/183/lei_197-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/205/lei_196-2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/182/lei_195-2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/181/lei_194-2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/180/lei_193-2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/179/lei_192-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/178/lei_191-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2021/177/lei_190-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2020/174/loa_2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2020/171/lei_183-2020_ldo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/158/lei_180-2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/157/lei_179-2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/156/lei_178-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/155/lei_177-2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/154/lei_176-2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/153/lei_175-2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/150/lei_no_174-2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/148/lei_172-2019-ldo.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2019/151/lei_no_173_doacao_terreno_mpma.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/149/lei_no_171-2018_loa.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/159/lei_170-2018.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/146/lei_no_169-2018.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/145/lei_no_168-2018.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/143/lei_no_167-2018.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/142/lei_no_166-2018.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/141/lei_no_165-2018.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/139/lei_no_163-2018.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/138/lei_no_162-2018.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/134/lei_161-2017.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/133/lei_160-2017.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/132/lei_159-2017.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/131/lei_158-2017.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/124/lei_no_156_de_2017_loa_completa.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/129/lei_155-2017.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/130/ppa_2018-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/123/lei_no_154_altera__a_lei_no_43_de_dezembro_de_2005.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/122/lei_no_153_de_2017__doacao_terreno_a_favor_do_estado.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/121/lei_no_152_de_2017_altera_artigo_da_lei_organica.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/135/lei_no_150_altera_a_lei_no_27_de_2009.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/119/lei_no_149_de_2017_organizacao_da_procuradoria_geral__Ju6u3Wr.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/118/lei_no_148_de_2017_dispoe_da_bandeira_e_o_brasao.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/117/lei_no_147_de_2017_jornada_de_trabalho_servidores_.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/116/lei_no_146__de__2017_dispoe_sobre_regime_juridico_dos_4TdV2t0.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/128/lei_145-2017.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/115/lei_no_144_de_2017_apoio_as_comitivas.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/114/lei_no_143_de_2017_diretriz_orcamentaria_ok.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/113/lei_no_142_de_2017_conselho_de_pessoas_deficientes.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/112/lei_no_141_de_2017__altera_a_lei_no_46_de_2005.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/111/lei_no_140_de_2017_alterar_o_layout_da_quiosques_da_p_03u5jCa.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/127/lei_139-2017.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/126/lei_138-2017.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/125/lei_137-2017.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/110/lei_no_136_de_2017_dispoe_o_sistema_unico_de_assisten_gPSEAJc.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/109/lei_no_135_de_2017_adota_o_diario_oficial_famem_.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/108/lei_no_134_de__2017_altera_a_lei_no_39_de_2010.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/147/lei_no_134_de_2017_cestas_basicas_de_alimentos_e_mate_uQfshCj.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/107/lei_no_133_de_2017_reorganizacao_da_estrutura_administrativa.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/106/lei_no_132_de_2017_repassar_recurso_ao_projeto_mais_medicos.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/105/lei_no_131__de_2017_vencimento_e_carga_dos_horaria_do_aF147xf.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/104/lei_no_130_de_2017_-_dispoe_da_gratuidade_detransport_DvFuFsf.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2016/144/lei_129-2016_loa.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2016/103/lei_no_2016_-128_-dispoe_da_comissao_de_transicao_de_governo.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2016/102/lei_no_127_de_setembro_de_2016.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2016/101/lei_no_126_de_agosto_de_2016.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2016/100/lei_no_125_de_junho_de_2016.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2016/99/lei_124_de_junho_de_2016.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2016/98/lei_no_123_de_maio_de_2016.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2016/97/lei_no_122_de_marco_de_2016.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/96/lei_no_121_de_dezembro_2015.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/95/lei_no_119_de_dezembro_de_2015.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/94/lei_no_118_de_04_de_dezembro_2015.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/93/lei_no_117_de_30_de_novembro_2015.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/92/lei_no_116_de_01_de_julho_de__2015.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/91/lei_no_115_de_agosto_de_2016.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/90/lei_no_114_de_01_de_junho_2015.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/88/lei_no_112_de_06_abril_de_2015.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/87/lei_n_111_de_06_de_abril_2015.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/86/plano_de_cargos_salarios_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/85/lei_no_109_de_janeiro_de_2015.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2014/84/lei_no_108_de_dezembro_2014_2o.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2014/83/lei_no_107_de_outubro_2014.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2014/82/lei_no_106_de_setembro_2014.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2014/81/lei_no_105_de_junho_2014.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2014/80/lei_no_104_de_junho_2014.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2014/79/lei_no_103__de_09_junho__de_2014.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2014/78/lei_no_102__de_26_junho__de_2014.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/76/lei_no_100_de_30_dezembro_2013.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/75/lei_no_98_de_dezembro_2013.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/74/lei_no_97__de_11_novembro_2013.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/73/lei_no_96_de_13__novembro_2013.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/72/lei_no_95_de_14_outubro_2013.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/71/lei_no_94_de10_outubro_2013.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/70/lei_no_93_de_junho_de_2013_ldo.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/69/lei_no_92_de_05_de_junho_2013.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/67/lei_no_90_de_abril__de_2013.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/66/lei_no_89_de_marco__de_2013.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/68/lei_no_91_de_abril__de_2013.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2013/65/lei_no_88_de_25_fevereiro_2013.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/64/lei_no_87_de_10__dezembro___2012.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/62/lei_no_85_de_11_dezembro_2012.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/61/lei_no_84__de_11_dez_de_2012_loa_.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/60/lei_no_83_de_10_dezembro__2012.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/63/lei_no_86_de_19_fevereiro_2012.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/59/lei_no_82_de_10_dezembro_2012.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/58/lei_no_81_de_20__novembro__2012.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/57/lei_no_80_de_06_novembro_2012.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/56/lei_no_79_de_04_setembro__2012.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/55/lei_no_78_de_28__junho_de_2012.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/54/lei_no_77_de18_junho_de_2012.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/53/lei_no_76_de_18_junho_de_2012.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/51/lei_no_74_de_30__maio_de___2012.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/49/lei_no_71_de_21_maio_de_2012.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/52/lei_no_75_de_17_maio_de_2012.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/50/lei_no_73_de_08_de_maio_de_2012.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2012/48/lei_no_70_de_fevereiro_de_2012.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/47/lei_no_69_de_dezembro_2011.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/46/lei_no_68__de_12_dezembro_2011.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/45/lei_no_67_de_novembro_2011.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/43/lei_no_65__de_07_novembro__2011.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/44/lei_no_66_de_14_novembro_2011.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/42/lei_no_64_de_07_novembro__2011.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/41/lei_no_63_de_27__outubro_2011.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/40/lei_no_62_de_17__outubro_2011.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/39/lei_no_61_de_03__outubro_2011.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/38/lei_no_60__de_22__setembo___2011.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/37/lei_no_59__de_16__agosto_2011_.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/36/lei_no_58_de_15_agosto_de_2011.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/35/lei_no_57_de_16__agosto_2011_.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/34/lei_no_56_de_27_de_julho_2011.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/33/lei_no_55_de_26__julho_de___2011.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/32/lei_no_54_de_26__julho_de___2011.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/31/lei_no_53_de_26__julho_de___2011.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/30/lei_no_52_de_26__julho_de___2011.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/29/lei_no_51_de_26__julho_de___2011.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/27/lei_no_49_de_19_demaio_de_2011.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/28/lei_no_50_de_17_de_junho_2011.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/26/lei_no_48_de_28__marco__2011.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/25/lei_no_47_de_21_fevereiro__2011.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/24/lei_no_46_de_03_de_janeiro_2011_alterada.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/23/contin_da_lei_no_45_loa_2010.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/21/lei_no_43_de_30__setembro_2010.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/19/lei_no_42_de_16_setembo_de_2010.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/18/lei_no_41_de_24_de_junho___2010.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/17/lei_no_40__de_20_de_maio_de_2010.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/16/lei_39-2010.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/15/lei_no_38_de_19_abril_de_2010.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/14/lei_no_37_de_marco_de_2010_.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2010/13/lei_no_36_de_22_fevereiro_2010.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/12/lei_35-2009-_codigo_do_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/7/lei_no_30_de_26__outubro_2009.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/9/lei_no_32_de_21_outubro_2009.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/8/lei_no_31_de_13__outubro_2009.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/10/lei_no_33_de_18__maio_2009.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/6/lei_no_21_de_maio_2009_original_.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2005/136/lei_no_49-2005_cond._de_postur_.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2005/169/estatuto_dos_servidores_publicos_alterado_maio_2021_pdf.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/1993/20/lei_no_14_de_11__outubro_1993.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/1990/4/lei_no_16_de_26_novembro_1990.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/1990/3/lei_organica_atualizada.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/1988/5/lei_n_02_1988__-_feriado_municiapl_nos_dias_30_31_de_agosto.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G230"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="150.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="150" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>