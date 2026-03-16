--- v0 (2025-10-25)
+++ v1 (2026-03-16)
@@ -48,183 +48,183 @@
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/230/resolucao_no_02-2022.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/230/resolucao_no_02-2022.pdf</t>
   </si>
   <si>
     <t>Altera e dá nova redação ao § 2º, artigo 21, do Regimento Interno da Câmara Municipal, e dá outras disposições</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/229/resolucao_no_01-2022.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/229/resolucao_no_01-2022.pdf</t>
   </si>
   <si>
     <t>Altera e dá nova redação ao caput do art. 149, do Regimento Interno da Câmara Municipal, e dá outras providências</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação e nomeação, de caráter temporário, de servidores públicos para suprir a ausência do quadro de pessoal permanente e estável que estejam enquadrados nas disposições do capítulo X,  do Estatuto dos Servidores Públicos do Poder Legislativo Municipal</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/168/resolucao_2018-01.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/168/resolucao_2018-01.pdf</t>
   </si>
   <si>
     <t>Fica a Câmara Municipal de Vereadores de São Raimundo das Mangabeiras, Estado do Maranhão, filiada a União de Vereadores e Câmaras do Estado do Maranhão, contribuindo mensalmente, e dá outras providências.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/167/resolucao_2017-01.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/167/resolucao_2017-01.pdf</t>
   </si>
   <si>
     <t>Altera o Regimento Interno da Câmara Municipal, para dispor sobre a concessão de palavra às autoridades municipais, quando estiverem presentes nas Sessões Ordinárias e Extraordinárias deste Poder Legislativo e dá outras providências.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/166/resolucao_2015-03.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/166/resolucao_2015-03.pdf</t>
   </si>
   <si>
     <t>Concede licença ao Vereador Felix Resplandes de Sá, Partido Comunista do Brasil-PCdoB, para que o mesmo possa assumir o cargo de Superintendente Regional de Articulação Política e de Assuntos Federativos de São Raimundo das Mangabeiras a favor do Governo do Estado do Maranhão e dá outras providências.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/165/resolucao_2015-02.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/165/resolucao_2015-02.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução n° 03/2009, que dispõe sobre a concessão de diárias no âmbito da Câmara Municipal de São Raimundo das Mangabeiras e dá outras providências.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/152/resolucao_camara_01-2015.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/152/resolucao_camara_01-2015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reorganização da estrutura administrativa da Câmara Municipal de São Raimundo das Mangabeiras com reestruturação, reenquadramento e reforma administrativa, alterando atribuições, requisitos e vencimentos e dá outras providências.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/164/resolucao_2011-02.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/164/resolucao_2011-02.pdf</t>
   </si>
   <si>
     <t>Confere moção de louvor aos policiais militares Cabo Clodoaldo Miranda Maia e Soldado Antônio Alves pelos inestimáveis serviços prestados ao nosso município.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/163/resolucao_2011-01.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/163/resolucao_2011-01.pdf</t>
   </si>
   <si>
     <t>Confere moção de congratulação ao Capitão Carlos Rogério Ferreira Rosa pelos inestimáveis serviços prestados ao nosso município.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/162/resolucao_2009-03.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/162/resolucao_2009-03.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de diárias no âmbito da Câmara Municipal de São Raimundo das Mangabeiras e dá outras providências.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/160/resolucao_2009-01.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/160/resolucao_2009-01.pdf</t>
   </si>
   <si>
     <t>Estabelece os subsídios dos vereadores para a legislatura 2009 a 2012, de acordo com a emenda constitucional n° 19/98 e artigos 29, 37 e 39 da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/161/resolucao_2009-02.pdf</t>
+    <t>http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/161/resolucao_2009-02.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a mudança do horário de início das Sessões Ordinárias da Câmara Municipal de São Raimundo das Mangabeiras e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -531,67 +531,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/230/resolucao_no_02-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/229/resolucao_no_01-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/168/resolucao_2018-01.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/167/resolucao_2017-01.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/166/resolucao_2015-03.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/165/resolucao_2015-02.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/152/resolucao_camara_01-2015.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/164/resolucao_2011-02.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/163/resolucao_2011-01.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/162/resolucao_2009-03.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/160/resolucao_2009-01.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/161/resolucao_2009-02.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/230/resolucao_no_02-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2022/229/resolucao_no_01-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2018/168/resolucao_2018-01.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2017/167/resolucao_2017-01.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/166/resolucao_2015-03.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/165/resolucao_2015-02.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2015/152/resolucao_camara_01-2015.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/164/resolucao_2011-02.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2011/163/resolucao_2011-01.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/162/resolucao_2009-03.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/160/resolucao_2009-01.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saoraimundodasmangabeiras.ma.leg.br/media/sapl/public/normajuridica/2009/161/resolucao_2009-02.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="113.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="113" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>